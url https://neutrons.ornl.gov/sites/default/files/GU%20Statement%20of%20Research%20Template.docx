--- v0 (2026-01-17)
+++ v1 (2026-02-23)
@@ -38,51 +38,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A243FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statement of Research</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A092E45" w14:textId="77777777" w:rsidR="00DC1D93" w:rsidRPr="004069B7" w:rsidRDefault="00DC1D93" w:rsidP="00DC1D93">
       <w:pPr>
         <w:pStyle w:val="Palatino"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D40BB13" w14:textId="123C438F" w:rsidR="00DC1D93" w:rsidRPr="00416D5A" w:rsidRDefault="00481211" w:rsidP="00A243FE">
+    <w:p w14:paraId="1D40BB13" w14:textId="2AE1FA0A" w:rsidR="00DC1D93" w:rsidRPr="00416D5A" w:rsidRDefault="00481211" w:rsidP="00A243FE">
       <w:pPr>
         <w:pStyle w:val="Palatino"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Remove</w:t>
       </w:r>
       <w:r w:rsidR="00D707D5" w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -114,125 +114,249 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(leaving the headings) </w:t>
       </w:r>
       <w:r w:rsidR="00DC1D93" w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>before generating your .pdf file</w:t>
       </w:r>
       <w:r w:rsidR="00A243FE" w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Use font no smaller than 11 point. Address each of the following sections. You are strongly encouraged to reference Proposal Writing Tips at </w:t>
+        <w:t xml:space="preserve">. Use font no smaller than 11 </w:t>
+      </w:r>
+      <w:r w:rsidR="00545B52" w:rsidRPr="00416D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>points</w:t>
+      </w:r>
+      <w:r w:rsidR="00A243FE" w:rsidRPr="00416D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Address each of the following sections. You are strongly encouraged to reference Proposal Writing Tips at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00A243FE" w:rsidRPr="00416D5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b/>
             <w:i/>
             <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://neutrons.ornl.gov/users/tips</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A243FE" w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564CFB72" w14:textId="77777777" w:rsidR="00635DF2" w:rsidRPr="00416D5A" w:rsidRDefault="00635DF2" w:rsidP="00A243FE">
       <w:pPr>
         <w:pStyle w:val="Palatino"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C9E764D" w14:textId="13CEA3C6" w:rsidR="00635DF2" w:rsidRPr="00416D5A" w:rsidRDefault="00635DF2" w:rsidP="00A243FE">
+    <w:p w14:paraId="6C9E764D" w14:textId="38E7D8E4" w:rsidR="00635DF2" w:rsidRPr="00416D5A" w:rsidRDefault="00635DF2" w:rsidP="00A243FE">
       <w:pPr>
         <w:pStyle w:val="Palatino"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">There is a two-page limit (including graphics) for single instrument proposals. Proposals where 2 or more instruments are requested for the same project, 3 pages will be allowed to thoroughly explain the rational and experiment plan.  </w:t>
+        <w:t xml:space="preserve">There is a two-page limit (including graphics) for single instrument proposals. Proposals where </w:t>
+      </w:r>
+      <w:r w:rsidR="0081767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>two</w:t>
       </w:r>
       <w:r w:rsidRPr="00416D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or more instruments are requested for the same project</w:t>
+      </w:r>
+      <w:r w:rsidR="0081767B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are allowed three</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pages to thoroughly explain the rational</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and experiment plan.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4743">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>You must adequately justify the use for multiple instruments in each section of the Statement of Research</w:t>
+        <w:t>Requests</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for multiple instruments</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be adequately justified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in each section of the Statement of Research</w:t>
       </w:r>
       <w:r w:rsidR="007007B8" w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00416D5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Safety Considerations and References are not part of the page limit and may spill over to an additional page.</w:t>
       </w:r>
     </w:p>
@@ -268,51 +392,69 @@
       </w:r>
       <w:r w:rsidR="00481211">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Importance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44ABB783" w14:textId="77777777" w:rsidR="00A243FE" w:rsidRPr="001B7551" w:rsidRDefault="00A243FE" w:rsidP="00A243FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B7551">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">What scientific question(s) are you trying to answer? Provide a brief statement on the scientific background and general importance of the research, including references to literature where appropriate. </w:t>
+        <w:t xml:space="preserve">What scientific </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B7551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>question</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B7551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(s) are you trying to answer? Provide a brief statement on the scientific background and general importance of the research, including references to literature where appropriate. </w:t>
       </w:r>
       <w:r w:rsidR="00D707D5" w:rsidRPr="001B7551">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Explain why the experiment requires the use of neutrons versus other techniques</w:t>
       </w:r>
       <w:r w:rsidR="00D707D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AAC033F" w14:textId="77777777" w:rsidR="00A243FE" w:rsidRPr="001B7551" w:rsidRDefault="00A243FE" w:rsidP="00A243FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -414,76 +556,142 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="509A91D7" w14:textId="77777777" w:rsidR="00FC57FE" w:rsidRPr="00481211" w:rsidRDefault="00FC57FE" w:rsidP="00FC57FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain </w:t>
       </w:r>
       <w:r w:rsidRPr="001B7551">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>why you need this particular instrument. If beam time cannot be awarded on the requested instrument, state any alternate instruments on which</w:t>
+        <w:t xml:space="preserve">why you need this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B7551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>particular instrument</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B7551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If beam time cannot be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001B7551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>awarded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001B7551">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the requested instrument, state any alternate instruments on which</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> some or all of</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> some or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B7551">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the experiment could be carried out. </w:t>
       </w:r>
       <w:r w:rsidR="00481211">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Consultation with instrument scientist is strongly </w:t>
+        <w:t xml:space="preserve">Consultation with instrument </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00481211">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>scientist</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00481211">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is strongly </w:t>
       </w:r>
       <w:r w:rsidR="00895048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>encouraged</w:t>
       </w:r>
       <w:r w:rsidR="00481211">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D9D366" w14:textId="77777777" w:rsidR="00A243FE" w:rsidRPr="001B7551" w:rsidRDefault="00A243FE" w:rsidP="00A243FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -594,51 +802,69 @@
         <w:t>Data Analysis and Scientific Outcomes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B4DAE3" w14:textId="2CEDDCD1" w:rsidR="009207A2" w:rsidRDefault="009207A2" w:rsidP="009207A2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00840AD7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include 1-3 sentences describing the methods you will use to analyze and interpret the data. </w:t>
       </w:r>
       <w:r w:rsidR="000D21B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Discuss how the results from this proposal will impact your research and</w:t>
+        <w:t xml:space="preserve">Discuss how the results from this proposal will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000D21B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000D21B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your research and</w:t>
       </w:r>
       <w:r w:rsidR="00D31572">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> how</w:t>
       </w:r>
       <w:r w:rsidR="000D21B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> they will advance the field (e.g., model validation, answers to long-standing questions, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="009C5301">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -930,58 +1156,58 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DC1D93" w:rsidRPr="001B7551" w:rsidSect="00E52865">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="1008" w:left="720" w:header="432" w:footer="504" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="778A494E" w14:textId="77777777" w:rsidR="00CD36F1" w:rsidRDefault="00CD36F1" w:rsidP="006D38FC">
+    <w:p w14:paraId="517A6ED8" w14:textId="77777777" w:rsidR="00831566" w:rsidRDefault="00831566" w:rsidP="006D38FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05367D8A" w14:textId="77777777" w:rsidR="00CD36F1" w:rsidRDefault="00CD36F1" w:rsidP="006D38FC">
+    <w:p w14:paraId="1E0A0B6F" w14:textId="77777777" w:rsidR="00831566" w:rsidRDefault="00831566" w:rsidP="006D38FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1015,80 +1241,89 @@
   <w:font w:name="Palatino">
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="7800205A" w:usb2="14600000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="332EE055" w14:textId="101E4649" w:rsidR="006D38FC" w:rsidRDefault="00A243FE" w:rsidP="00661A2B">
+  <w:p w14:paraId="332EE055" w14:textId="363BF9D3" w:rsidR="006D38FC" w:rsidRDefault="00A243FE" w:rsidP="00661A2B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
     <w:r w:rsidR="000D1087">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">EV </w:t>
     </w:r>
-    <w:r w:rsidR="00523D22">
+    <w:r w:rsidR="00DB5BEE">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>8-Jan-26</w:t>
+      <w:t>16</w:t>
+    </w:r>
+    <w:r w:rsidR="00523D22">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>-Jan-26</w:t>
     </w:r>
     <w:r w:rsidR="00DC1D93">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                      </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:color w:val="auto"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                              </w:t>
     </w:r>
     <w:r w:rsidR="00DC1D93" w:rsidRPr="00DC1D93">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
@@ -1258,58 +1493,58 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006F3CC9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="0048686B" w:rsidRPr="00DC1D93">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C382737" w14:textId="77777777" w:rsidR="00CD36F1" w:rsidRDefault="00CD36F1" w:rsidP="006D38FC">
+    <w:p w14:paraId="1C3525A3" w14:textId="77777777" w:rsidR="00831566" w:rsidRDefault="00831566" w:rsidP="006D38FC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B37EBFC" w14:textId="77777777" w:rsidR="00CD36F1" w:rsidRDefault="00CD36F1" w:rsidP="006D38FC">
+    <w:p w14:paraId="7794634A" w14:textId="77777777" w:rsidR="00831566" w:rsidRDefault="00831566" w:rsidP="006D38FC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C1191D5" w14:textId="77777777" w:rsidR="009756B3" w:rsidRPr="00DC1D93" w:rsidRDefault="004D2F9B" w:rsidP="00671BFA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004079FD">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
@@ -2215,187 +2450,204 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="363557178">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1799453347">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1593515114">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="783816661">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1450078009">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="833226037">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006068B4"/>
     <w:rsid w:val="00001D63"/>
     <w:rsid w:val="00092072"/>
     <w:rsid w:val="000D1087"/>
     <w:rsid w:val="000D21B3"/>
     <w:rsid w:val="000E62E2"/>
     <w:rsid w:val="001136C8"/>
     <w:rsid w:val="00157B6D"/>
     <w:rsid w:val="001B38CB"/>
     <w:rsid w:val="001B6699"/>
     <w:rsid w:val="001B7551"/>
     <w:rsid w:val="001D2A74"/>
     <w:rsid w:val="001D58D7"/>
     <w:rsid w:val="00212CE0"/>
+    <w:rsid w:val="0021438E"/>
+    <w:rsid w:val="00284A4B"/>
     <w:rsid w:val="00291DBE"/>
     <w:rsid w:val="0029227C"/>
+    <w:rsid w:val="002B6239"/>
     <w:rsid w:val="003330F9"/>
     <w:rsid w:val="00337DBC"/>
     <w:rsid w:val="00396D9D"/>
     <w:rsid w:val="003D4836"/>
     <w:rsid w:val="003E527B"/>
     <w:rsid w:val="004069B7"/>
     <w:rsid w:val="004079FD"/>
     <w:rsid w:val="00416D5A"/>
     <w:rsid w:val="0045371D"/>
     <w:rsid w:val="00467DD5"/>
     <w:rsid w:val="00474B5E"/>
     <w:rsid w:val="00481211"/>
     <w:rsid w:val="0048686B"/>
     <w:rsid w:val="004A2D91"/>
     <w:rsid w:val="004B3ACB"/>
     <w:rsid w:val="004C0488"/>
     <w:rsid w:val="004D2F9B"/>
     <w:rsid w:val="004F2B9C"/>
     <w:rsid w:val="00523D22"/>
     <w:rsid w:val="005437BF"/>
+    <w:rsid w:val="00545B52"/>
     <w:rsid w:val="005504AF"/>
     <w:rsid w:val="00553FA6"/>
     <w:rsid w:val="005547DE"/>
+    <w:rsid w:val="00561F0F"/>
+    <w:rsid w:val="00564AAD"/>
     <w:rsid w:val="00586DB1"/>
+    <w:rsid w:val="005A148E"/>
     <w:rsid w:val="005D45C8"/>
     <w:rsid w:val="006068B4"/>
     <w:rsid w:val="00627FF5"/>
     <w:rsid w:val="00635DF2"/>
     <w:rsid w:val="00647761"/>
     <w:rsid w:val="00661A2B"/>
     <w:rsid w:val="00671BFA"/>
     <w:rsid w:val="006D38FC"/>
     <w:rsid w:val="006F1392"/>
+    <w:rsid w:val="006F368C"/>
     <w:rsid w:val="006F3CC9"/>
     <w:rsid w:val="007007B8"/>
     <w:rsid w:val="00714EBC"/>
     <w:rsid w:val="00727D5B"/>
     <w:rsid w:val="0076693C"/>
     <w:rsid w:val="007752B8"/>
     <w:rsid w:val="007A1594"/>
     <w:rsid w:val="007A70B9"/>
     <w:rsid w:val="007D7B0A"/>
     <w:rsid w:val="008027BB"/>
     <w:rsid w:val="0081646F"/>
+    <w:rsid w:val="0081767B"/>
+    <w:rsid w:val="00831566"/>
     <w:rsid w:val="00840AD7"/>
     <w:rsid w:val="00847812"/>
     <w:rsid w:val="00881638"/>
     <w:rsid w:val="00895048"/>
     <w:rsid w:val="008D2108"/>
     <w:rsid w:val="009151D6"/>
     <w:rsid w:val="009207A2"/>
     <w:rsid w:val="00922F9B"/>
     <w:rsid w:val="0095030A"/>
     <w:rsid w:val="009756B3"/>
     <w:rsid w:val="00993C2A"/>
     <w:rsid w:val="009A3523"/>
     <w:rsid w:val="009C5301"/>
     <w:rsid w:val="009E0B57"/>
     <w:rsid w:val="00A10B64"/>
     <w:rsid w:val="00A16977"/>
+    <w:rsid w:val="00A21577"/>
     <w:rsid w:val="00A243FE"/>
     <w:rsid w:val="00A26081"/>
     <w:rsid w:val="00A414FE"/>
     <w:rsid w:val="00A50832"/>
     <w:rsid w:val="00A6628B"/>
     <w:rsid w:val="00A911FD"/>
     <w:rsid w:val="00AA0310"/>
     <w:rsid w:val="00AA05ED"/>
     <w:rsid w:val="00AA4123"/>
+    <w:rsid w:val="00AB4743"/>
     <w:rsid w:val="00B102A2"/>
     <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B66DFF"/>
+    <w:rsid w:val="00BA3FDA"/>
     <w:rsid w:val="00BA4CCA"/>
     <w:rsid w:val="00BA5A69"/>
     <w:rsid w:val="00BA7B7F"/>
     <w:rsid w:val="00BB62C4"/>
     <w:rsid w:val="00BE64EA"/>
     <w:rsid w:val="00C104C9"/>
     <w:rsid w:val="00C2723F"/>
     <w:rsid w:val="00C46555"/>
     <w:rsid w:val="00C70303"/>
+    <w:rsid w:val="00C806DD"/>
+    <w:rsid w:val="00CA6132"/>
     <w:rsid w:val="00CB1295"/>
     <w:rsid w:val="00CD36F1"/>
     <w:rsid w:val="00CE0880"/>
     <w:rsid w:val="00CE3E0C"/>
     <w:rsid w:val="00CE45C9"/>
     <w:rsid w:val="00D04CCF"/>
     <w:rsid w:val="00D0624A"/>
     <w:rsid w:val="00D31572"/>
     <w:rsid w:val="00D34A08"/>
     <w:rsid w:val="00D44E11"/>
     <w:rsid w:val="00D55E0E"/>
+    <w:rsid w:val="00D62C76"/>
     <w:rsid w:val="00D707D5"/>
     <w:rsid w:val="00D7454E"/>
     <w:rsid w:val="00D83F26"/>
+    <w:rsid w:val="00DB5BEE"/>
     <w:rsid w:val="00DC1D93"/>
     <w:rsid w:val="00E11037"/>
     <w:rsid w:val="00E34697"/>
     <w:rsid w:val="00E52064"/>
     <w:rsid w:val="00E52865"/>
     <w:rsid w:val="00E91F8D"/>
     <w:rsid w:val="00E93959"/>
     <w:rsid w:val="00EC159B"/>
     <w:rsid w:val="00F512A4"/>
     <w:rsid w:val="00F61B52"/>
     <w:rsid w:val="00F877E5"/>
     <w:rsid w:val="00FB1E50"/>
     <w:rsid w:val="00FC57FE"/>
     <w:rsid w:val="00FD1720"/>
     <w:rsid w:val="00FF4D72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3389,75 +3641,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE8EFD9E-CB46-E047-989A-37B9122D423D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>377</Words>
-  <Characters>2156</Characters>
+  <Words>378</Words>
+  <Characters>2160</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Neutron Scattering Sciences Division</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ORNL</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2513</CharactersWithSpaces>
+  <CharactersWithSpaces>2533</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6946860</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://neutrons.ornl.gov/users/tips</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>